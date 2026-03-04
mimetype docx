--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -1,1389 +1,1202 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4E8CBCF3" w14:textId="77777777" w:rsidR="007A2192" w:rsidRPr="007A2192" w:rsidRDefault="007A2192" w:rsidP="007A2192">
+    <w:p w14:paraId="05A0C4EB" w14:textId="6CAFEB43" w:rsidR="008A473A" w:rsidRDefault="008A473A" w:rsidP="007A2192">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="083982DC" w14:textId="77777777" w:rsidR="00FB1C3F" w:rsidRPr="00280344" w:rsidRDefault="007A2192" w:rsidP="007A2192">
+    <w:p w14:paraId="33E14833" w14:textId="77777777" w:rsidR="008A473A" w:rsidRPr="007A2192" w:rsidRDefault="008A473A" w:rsidP="007A2192">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03AF1748" w14:textId="77777777" w:rsidR="008A473A" w:rsidRPr="008A473A" w:rsidRDefault="008A473A" w:rsidP="007A2192">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00280344">
-        <w:rPr>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DECLARAÇÃO DE REPRESENTAÇÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215DD777" w14:textId="77777777" w:rsidR="007A2192" w:rsidRPr="007A2192" w:rsidRDefault="007A2192" w:rsidP="007A2192">
+    <w:p w14:paraId="6F1CE990" w14:textId="77777777" w:rsidR="008A473A" w:rsidRPr="008A473A" w:rsidRDefault="008A473A" w:rsidP="007A2192">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="281FA3C8" w14:textId="3CC8745C" w:rsidR="00C216F0" w:rsidRDefault="005F395B" w:rsidP="00280344">
+    <w:p w14:paraId="4339334C" w14:textId="5EF2697C" w:rsidR="008A473A" w:rsidRPr="008A473A" w:rsidRDefault="008A473A" w:rsidP="00280344">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="208383995"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
           <w15:color w:val="808080"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-          <w:r w:rsidR="002B0D73">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Insira</w:t>
+            <w:t>Insira o nome do requerente</w:t>
           </w:r>
-          <w:r w:rsidR="008124AE">
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="0"/>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007A2192" w:rsidRPr="007A2192">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, com o n.º de identificação fiscal </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-876158937"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73" w:rsidRPr="002B0D73">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Insira o n.º de identificação fiscal</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007A2192" w:rsidRPr="007A2192">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, portador do CC/BI n.º </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1658608510"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Insira</w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> o n.º CC/BI</w:t>
+            <w:t>Insira o n.º CC/BI</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00EF369C">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, com </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-524472473"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+            <w:docPart w:val="C5324D3945C84633854D0311CD8FB47E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Escolha um item."/>
             <w:listItem w:displayText="domicílio" w:value="domicílio"/>
             <w:listItem w:displayText="sede" w:value="sede"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004B5C73" w:rsidRPr="00147E37">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Escolha um item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C0181A">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2124414086"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008124AE" w:rsidRPr="008124AE">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Insira a morada</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007A2192" w:rsidRPr="007A2192">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, freguesia de </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="462394052"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008124AE" w:rsidRPr="008124AE">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Insira a freguesia</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007A2192" w:rsidRPr="007A2192">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">ódigo postal </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, código postal </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-688906313"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008124AE" w:rsidRPr="008124AE">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Insira o código postal</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007A2192" w:rsidRPr="007A2192">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, localidade </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-126783793"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008124AE" w:rsidRPr="008124AE">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Insira a localidade</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="008E6F90">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008E6F90" w:rsidRPr="00057B35">
-        <w:rPr>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>declara que autoriza</w:t>
       </w:r>
-      <w:r w:rsidR="008E6F90">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1719239193"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Insira</w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> o nome do representante</w:t>
+            <w:t>Insira o nome do representante</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="008E6F90">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , com o n.º de identificação fiscal </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1252391464"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Insira</w:t>
-[...23 lines deleted...]
-            <w:t>fiscal</w:t>
+            <w:t>Insira o n.º de identificação fiscal</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007A2192" w:rsidRPr="007A2192">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">,  portador do CC/BI n.º </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="866724736"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008124AE" w:rsidRPr="008124AE">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>I</w:t>
-[...15 lines deleted...]
-            <w:t>o n.º CC/BI</w:t>
+            <w:t>Insira o n.º CC/BI</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007A2192" w:rsidRPr="007A2192">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, com domicilio em </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="358633926"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Insira</w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> a morada</w:t>
+            <w:t>Insira a morada</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007A2192" w:rsidRPr="007A2192">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, freguesia de </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2050796791"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73" w:rsidRPr="002B0D73">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>In</w:t>
-[...15 lines deleted...]
-            <w:t>a freguesia</w:t>
+            <w:t>Insira a freguesia</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="002B0D73">
-[...25 lines deleted...]
-        <w:t xml:space="preserve">ódigo postal, </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, código postal, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-787507906"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73" w:rsidRPr="008124AE">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Insira o código</w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> postal</w:t>
+            <w:t>Insira o código postal</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00280344" w:rsidRPr="00280344">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, localidade, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-934896003"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73" w:rsidRPr="002B0D73">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Insira a localidade</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00280344" w:rsidRPr="00280344">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007A2192" w:rsidRPr="00057B35">
-        <w:rPr>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a representá-lo perante o Município de Braga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, na submissão de </w:t>
+      </w:r>
+      <w:r w:rsidR="00600B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>procedimentos eletrónicos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, relativamente </w:t>
+      </w:r>
+      <w:r w:rsidR="00600B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00C216F0" w:rsidRPr="00057B35">
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> na submissão de processos e respetivos requerimentos, relativamente à operação urbanística que pretende realizar no </w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2089577937"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73" w:rsidRPr="002B0D73">
+          <w:r w:rsidR="00600B28" w:rsidRPr="00600B28">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Insira o local da operação urbanística</w:t>
+            <w:t>Insira a que procedimento</w:t>
           </w:r>
-          <w:r w:rsidR="002B0D73">
+          <w:r w:rsidR="00600B28">
             <w:rPr>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>(s)</w:t>
+          </w:r>
+          <w:r w:rsidR="00600B28" w:rsidRPr="00600B28">
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> se aplica</w:t>
+          </w:r>
+          <w:r w:rsidR="00600B28">
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> ou, no caso de operação urbanística, o local da mesma</w:t>
+          </w:r>
+          <w:r w:rsidRPr="008A473A">
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="60DB084B" w14:textId="77777777" w:rsidR="00C216F0" w:rsidRDefault="00C216F0" w:rsidP="00280344">
+    <w:p w14:paraId="0471B95D" w14:textId="77777777" w:rsidR="008A473A" w:rsidRPr="008A473A" w:rsidRDefault="008A473A" w:rsidP="00280344">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DDA20E1" w14:textId="77777777" w:rsidR="007A2192" w:rsidRDefault="007A2192" w:rsidP="00280344">
+    <w:p w14:paraId="19E0D498" w14:textId="77777777" w:rsidR="008A473A" w:rsidRPr="008A473A" w:rsidRDefault="008A473A" w:rsidP="00280344">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="442C2657" w14:textId="0D1E4CB8" w:rsidR="008E6F90" w:rsidRPr="007A2192" w:rsidRDefault="008E6F90" w:rsidP="00280344">
+    <w:p w14:paraId="61487A59" w14:textId="77777777" w:rsidR="008A473A" w:rsidRPr="008A473A" w:rsidRDefault="008A473A" w:rsidP="00280344">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="008A473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>O(s) declarante (s),</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="223189118"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
+            <w:docPart w:val="908446289CB94CCFA3597E6BBBEDA0D1"/>
           </w:placeholder>
           <w:date>
             <w:dateFormat w:val="d' de 'MMMM' de 'yyyy"/>
             <w:lid w:val="pt-PT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002B0D73" w:rsidRPr="002B0D73">
+          <w:r w:rsidRPr="008A473A">
             <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Insira a data</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="008E6F90" w:rsidRPr="007A2192">
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:p w14:paraId="72D5D72C" w14:textId="77777777" w:rsidR="000D7461" w:rsidRDefault="000D7461"/>
+    <w:sectPr w:rsidR="000D7461">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77981871" w14:textId="77777777" w:rsidR="005F395B" w:rsidRDefault="005F395B" w:rsidP="00F36E78">
+    <w:p w14:paraId="0891CDFC" w14:textId="77777777" w:rsidR="009415D4" w:rsidRDefault="009415D4" w:rsidP="008A473A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EAA3952" w14:textId="77777777" w:rsidR="005F395B" w:rsidRDefault="005F395B" w:rsidP="00F36E78">
+    <w:p w14:paraId="4EABBEA4" w14:textId="77777777" w:rsidR="009415D4" w:rsidRDefault="009415D4" w:rsidP="008A473A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="6FFD7939" w14:textId="615246CB" w:rsidR="00F36E78" w:rsidRPr="00F36E78" w:rsidRDefault="00F36E78">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="348A8BD6" w14:textId="6C055984" w:rsidR="00F36E78" w:rsidRPr="008A473A" w:rsidRDefault="008A473A">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
-      <w:t>MOD-URB.14.06</w:t>
+      <w:t>MOD-2.1-00-04</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>_00</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:noProof/>
-        <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:noProof/>
-        <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F36E78">
+    <w:r w:rsidR="009415D4" w:rsidRPr="008A473A">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="236D4B02" w14:textId="77777777" w:rsidR="005F395B" w:rsidRDefault="005F395B" w:rsidP="00F36E78">
+    <w:p w14:paraId="20BEF49B" w14:textId="77777777" w:rsidR="009415D4" w:rsidRDefault="009415D4" w:rsidP="008A473A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53EB14D4" w14:textId="77777777" w:rsidR="005F395B" w:rsidRDefault="005F395B" w:rsidP="00F36E78">
+    <w:p w14:paraId="0A51E85B" w14:textId="77777777" w:rsidR="009415D4" w:rsidRDefault="009415D4" w:rsidP="008A473A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3A989C00" w14:textId="3D51810B" w:rsidR="008A473A" w:rsidRDefault="008A473A" w:rsidP="008A473A">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+      <w:ind w:left="-142"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AD058A3" wp14:editId="5B3FCFD9">
+          <wp:extent cx="1552575" cy="665973"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+          <wp:docPr id="1" name="Imagem 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Imagem 1"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect l="16759" t="23840" r="16206" b="25027"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1563836" cy="670804"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="xbFbO2/mC7JdO+OX3hjYoE5y0r69rH2K9rrMp0hYFHbZV0BZ/sXDpNDc9oMTZoI7GU7YkZC/rKoa32KrfkBm9A==" w:salt="8P1O1yc9ENzHRBmrXBOTnQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3oXVgLqW3xuvRxGXKHltMTDk4vCDZCVNkLF4Z9svBwKOdQhmS3bkH9+m4mf9Ryj1rBtxXMgPhcJMl3NeRaOJpQ==" w:salt="47sq0WFiSEfjESoBq5JvlQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007A2192"/>
-[...26 lines deleted...]
-    <w:rsid w:val="00FB1C3F"/>
+    <w:rsidRoot w:val="008A473A"/>
+    <w:rsid w:val="000D7461"/>
+    <w:rsid w:val="00600B28"/>
+    <w:rsid w:val="008A473A"/>
+    <w:rsid w:val="009415D4"/>
+    <w:rsid w:val="00BE6C5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="100AD527"/>
+  <w14:docId w14:val="48D992D9"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5FACB90F-994A-4997-89E7-19F2E198EEE0}"/>
+  <w15:docId w15:val="{99CF3C0E-5338-42F7-BAA5-B396A17B3FE0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1445,95 +1258,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1712,341 +1528,353 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Tipodeletrapredefinidodopargrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="TextodoMarcadordePosio">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F1036"/>
+    <w:rsid w:val="008A473A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapCarter"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008A473A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapCarter">
+    <w:name w:val="Rodapé Caráter"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008A473A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoCarter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F36E78"/>
+    <w:rsid w:val="008A473A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoCarter">
     <w:name w:val="Cabeçalho Caráter"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F36E78"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00F36E78"/>
+    <w:rsid w:val="008A473A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{970A8295-0B97-4B4F-BCE3-A2621894578B}"/>
+        <w:guid w:val="{E294E570-9A8E-458D-94B8-5817A0F7CE21}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004C4398" w:rsidRDefault="00CC1E95">
+        <w:p w:rsidR="00000000" w:rsidRDefault="005D3317" w:rsidP="005D3317">
+          <w:pPr>
+            <w:pStyle w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
+          </w:pPr>
           <w:r w:rsidRPr="00413873">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para introduzir texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013437"/>
+        <w:name w:val="C5324D3945C84633854D0311CD8FB47E"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CA29AC4E-87C3-4600-9A1C-1D5437E128B6}"/>
+        <w:guid w:val="{F6E4F327-7C21-46B3-9CED-528EEF4145F5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004C4398" w:rsidRDefault="00CC1E95">
-          <w:r w:rsidRPr="00413873">
+        <w:p w:rsidR="00000000" w:rsidRDefault="005D3317" w:rsidP="005D3317">
+          <w:pPr>
+            <w:pStyle w:val="C5324D3945C84633854D0311CD8FB47E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00147E37">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
             </w:rPr>
-            <w:t>Clique ou toque para introduzir uma data.</w:t>
+            <w:t>Escolha um item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013438"/>
+        <w:name w:val="908446289CB94CCFA3597E6BBBEDA0D1"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E99F6CE5-881A-47EE-95ED-3D61E886A632}"/>
+        <w:guid w:val="{AA3E7B1A-A38B-41CE-9881-3D31589B140E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00952315" w:rsidRDefault="00952315">
-          <w:r w:rsidRPr="00147E37">
+        <w:p w:rsidR="00000000" w:rsidRDefault="005D3317" w:rsidP="005D3317">
+          <w:pPr>
+            <w:pStyle w:val="908446289CB94CCFA3597E6BBBEDA0D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00413873">
             <w:rPr>
               <w:rStyle w:val="TextodoMarcadordePosio"/>
             </w:rPr>
-            <w:t>Escolha um item.</w:t>
+            <w:t>Clique ou toque para introduzir uma data.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CC1E95"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00CC1E95"/>
+    <w:rsidRoot w:val="005D3317"/>
+    <w:rsid w:val="005D3317"/>
+    <w:rsid w:val="00BD5B7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2108,95 +1936,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2375,217 +2206,260 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Tipodeletrapredefinidodopargrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="TextodoMarcadordePosio">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00952315"/>
+    <w:rsid w:val="005D3317"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B579BF9A3F5C42F0BF30B2EB6A445D16">
-[...1 lines deleted...]
-    <w:rsid w:val="00026434"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E6D142C3AF748AB9CEE0A4F7A3A5580">
+    <w:name w:val="7E6D142C3AF748AB9CEE0A4F7A3A5580"/>
+    <w:rsid w:val="005D3317"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5324D3945C84633854D0311CD8FB47E">
+    <w:name w:val="C5324D3945C84633854D0311CD8FB47E"/>
+    <w:rsid w:val="005D3317"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="908446289CB94CCFA3597E6BBBEDA0D1">
+    <w:name w:val="908446289CB94CCFA3597E6BBBEDA0D1"/>
+    <w:rsid w:val="005D3317"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2697,85 +2571,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4D19ACD-B892-427D-B659-B087434EF52E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{578E8120-7B29-4280-9C77-43B3CA35B1F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>140</Words>
+  <Words>139</Words>
   <Characters>756</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>CMBraga</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>895</CharactersWithSpaces>
+  <CharactersWithSpaces>894</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Manuel Lopes</dc:creator>
+  <dc:creator>Alexandra Fernandes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>